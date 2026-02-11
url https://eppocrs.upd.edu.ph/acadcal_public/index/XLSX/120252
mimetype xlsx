--- v0 (2025-12-23)
+++ v1 (2026-02-11)
@@ -111,51 +111,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G6"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Regular Academic Calendar</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>Second Semester AY 2025-2026</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
@@ -173,50 +173,966 @@
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Type</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Start</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>End</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Remarks</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Calendar</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>Validation for Advanced Credit</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Class-Related Events</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>16 Dec 2025 (Tue)</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>23 Jan 2026 (Fri)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>2nd Semester 2025-2026</t>
+        </is>
+      </c>
+      <c r="F7" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>Removal Examination Period</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Class-Related Events</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>17 Dec 2025 (Wed)</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>09 Jan 2026 (Fri)</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>2nd Semester 2025-2026</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>General Waitlisting Period</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Time Period</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>06 Jan 2026 (Tue)</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>09 Jan 2026 (Fri)</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>2nd Semester 2025-2026</t>
+        </is>
+      </c>
+      <c r="F9" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>Deadline for Colleges to Submit Appeals/Cases for CSAPG Consideration</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>12 Jan 2026, 00:00:00 (Mon)</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>11 May 2026, 23:59:59 (Mon)</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F10" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>General Registration for Freshmen, Graduating, Varsity, and Graduate Students</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Registration Events</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>14 Jan 2026, 00:00:00 (Wed)</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>16 Jan 2026, 23:59:59 (Fri)</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F11" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>Academic Term Duration</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Time Period</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>14 Jan 2026 (Wed)</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>14 Jun 2026 (Sun)</t>
+        </is>
+      </c>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>Complementary Activity</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>General Registration</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Registration Events</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>14 Jan 2026, 00:00:00 (Wed)</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>16 Jan 2026, 23:59:59 (Fri)</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>Term Duration for Grade Completion</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Time Period</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>14 Jan 2026, 00:00:00 (Wed)</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>14 Jun 2026, 23:59:59 (Sun)</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F14" s="1" t="inlineStr">
+        <is>
+          <t>Complementary Activity</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>General Registration for All UPD Undergraduate and Graduate Students</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Registration Events</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>15 Jan 2026, 00:00:00 (Thu)</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>16 Jan 2026, 23:59:59 (Fri)</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>General Registration for All Students, including Cross-Registrants/Non-Degree/Special Students</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Registration Events</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>16 Jan 2026, 00:00:00 (Fri)</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>16 Jan 2026, 23:59:59 (Fri)</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>Auto-Relinquish Date</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Class-Related Events</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>16 Jan 2026, 04:00:00 (Fri)</t>
+        </is>
+      </c>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>Complementary Activity</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>Deadline for Students to Withdraw Enlistments</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>16 Jan 2026, 23:59:59 (Fri)</t>
+        </is>
+      </c>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>Complementary Activity</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>Official Class Period</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Class-Related Events</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>19 Jan 2026 (Mon)</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>22 May 2026 (Fri)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>Committee On Student Admissions, Progress and Graduation (CSAPG) Meeting</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Meeting</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>26 Jan 2026, 00:00:00 (Mon)</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>25 May 2026, 23:59:59 (Mon)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>Last Day of Payment for Change of Matriculation</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>27 Jan 2026, 23:59:59 (Tue)</t>
+        </is>
+      </c>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F21" s="1" t="inlineStr">
+        <is>
+          <t>Complementary Activity</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>Deadline for Colleges to Submit to OUR the Approved List of Candidates for Graduation</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>27 Jan 2026, 23:59:59 (Tue)</t>
+        </is>
+      </c>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>1st 2025-2026</t>
+        </is>
+      </c>
+      <c r="F22" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>Last Day of Payment for Registration</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>31 Jan 2026, 23:50:59 (Sat)</t>
+        </is>
+      </c>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Complementary Activity</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>Deadline of Application for Graduation for Graduating Students</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>03 Feb 2026, 23:59:59 (Tue)</t>
+        </is>
+      </c>
+      <c r="D24" s="1"/>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>Deadline for Colleges to Submit to OUR the Tentative List of Candidates for Graduation</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>10 Feb 2026, 23:59:59 (Tue)</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F25" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>Expiration for Temporary Student Accounts</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>15 Feb 2026, 23:59:59 (Sun)</t>
+        </is>
+      </c>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>Complementary Activity</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>University Council Meeting to Recommend for BOR Approval the List of Candidates for Graduation</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Meeting</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>23 Feb 2026, 00:00:00 (Mon)</t>
+        </is>
+      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>1st 2025-2026</t>
+        </is>
+      </c>
+      <c r="F27" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>Curriculum Committee Meeting</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Meeting</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>02 Mar 2026, 00:00:00 (Mon)</t>
+        </is>
+      </c>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>Mid-Semester</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Class-Related Events</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>17 Mar 2026 (Tue)</t>
+        </is>
+      </c>
+      <c r="D29" s="1"/>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F29" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>Deadline for Dropping of Subjects</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>23 Apr 2026, 23:59:59 (Thu)</t>
+        </is>
+      </c>
+      <c r="D30" s="1"/>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F30" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>Deadline for Filing Leave of Absence (LOA)</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>07 May 2026, 23:59:59 (Thu)</t>
+        </is>
+      </c>
+      <c r="D31" s="1"/>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F31" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>Period for Grade Completion</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Time Period</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>23 May 2026, 00:00:00 (Sat)</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>14 Jan 2027, 23:59:59 (Thu)</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F32" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>Integration Period</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Class-Related Events</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>23 May 2026 (Sat)</t>
+        </is>
+      </c>
+      <c r="D33" s="1"/>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>Final Examinations</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Class-Related Events</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>25 May 2026 (Mon)</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>03 Jun 2026 (Wed)</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F34" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>Deadline of Grade Submission for All Students</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Deadline</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>11 Jun 2026 (Thu)</t>
+        </is>
+      </c>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F35" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>Last Day of Enrollment for Residency Purposes</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Registration Events</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>14 Jun 2026 (Sun)</t>
+        </is>
+      </c>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F36" s="1" t="inlineStr">
+        <is>
+          <t>BOR Approved</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>SET Results Availability</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>General</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>21 Jun 2026, 00:00:00 (Sun)</t>
+        </is>
+      </c>
+      <c r="D37" s="1"/>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>2nd 2025-2026</t>
+        </is>
+      </c>
+      <c r="F37" s="1" t="inlineStr">
+        <is>
+          <t>Complementary Activity</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>